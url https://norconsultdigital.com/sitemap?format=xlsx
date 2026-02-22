--- v0 (2025-12-15)
+++ v1 (2026-02-22)
@@ -1,288 +1,279 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0be497ae4035403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45a9d5c71e3847d086026c50c59a42f2.psmdcp" Id="Rbd05f99333af4c94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c682057ad1d49a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f89f54c41d694b0f98190d0183c2b8fb.psmdcp" Id="Rb46538bdf6a64c57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About-us" sheetId="1" r:id="rId2"/>
-[...4 lines deleted...]
-    <x:sheet name="Solutions" sheetId="6" r:id="rId7"/>
+    <x:sheet name="Solutions" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Services" sheetId="2" r:id="rId3"/>
+    <x:sheet name="Career" sheetId="3" r:id="rId4"/>
+    <x:sheet name="About-us" sheetId="4" r:id="rId5"/>
+    <x:sheet name="Projects" sheetId="5" r:id="rId6"/>
+    <x:sheet name="News" sheetId="6" r:id="rId7"/>
     <x:sheet name="Annet" sheetId="7" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Side</x:t>
   </x:si>
   <x:si>
     <x:t>Sist oppdatert</x:t>
   </x:si>
   <x:si>
     <x:t>Ansvarlig 1</x:t>
   </x:si>
   <x:si>
     <x:t>Ansvarlig 2</x:t>
   </x:si>
   <x:si>
     <x:t>E-post sendt</x:t>
   </x:si>
   <x:si>
     <x:t>Status</x:t>
   </x:si>
   <x:si>
+    <x:t>https://norconsultdigital.com/solutions/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.01.2024 09:34</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
+    <x:t>https://norconsultdigital.com/solutions/transport-infrastructure/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.01.2024 09:02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://norconsultdigital.com/solutions/building-and-property/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.01.2024 09:04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://norconsultdigital.com/solutions/energy-and-industry/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.01.2024 09:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://norconsultdigital.com/solutions/society-and-urban-planning/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.01.2024 08:45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://norconsultdigital.com/services/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.01.2024 07:06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://norconsultdigital.com/services/data-driven-innovation/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.01.2024 07:16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://norconsultdigital.com/services/data-driven-innovation/machine-learning/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.01.2024 08:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://norconsultdigital.com/services/data-driven-innovation/sustainable-value-management-and-decision-making-support/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.09.2024 14:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://norconsultdigital.com/services/consultancy-services/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.09.2024 13:58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://norconsultdigital.com/services/information-security/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.01.2024 07:52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://norconsultdigital.com/services/design-and-user-experiences/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.01.2024 07:54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://norconsultdigital.com/services/system-development-integration-and-management/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.01.2024 07:57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://norconsultdigital.com/career/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.01.2024 08:07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://norconsultdigital.com/career/students-and-recent-graduates/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.01.2024 08:11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://norconsultdigital.com/career/experienced-professionals/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.01.2024 08:17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://norconsultdigital.com/about-us/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.01.2024 09:44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://norconsultdigital.com/about-us/culture-and-purpose/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05.02.2024 07:48</x:t>
+  </x:si>
+  <x:si>
     <x:t>https://norconsultdigital.com/about-us/sustainability-and-social-mission/</x:t>
   </x:si>
   <x:si>
     <x:t>22.01.2024 08:41</x:t>
   </x:si>
   <x:si>
-    <x:t/>
-[...29 lines deleted...]
-    <x:t>22.01.2024 08:17</x:t>
+    <x:t>https://norconsultdigital.com/projects/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05.10.2023 11:17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://norconsultdigital.com/projects/pioneering-project-work-underground-in-baerum/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.01.2024 09:38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://norconsultdigital.com/projects/bergen-light-rail-on-track-with-bim/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.02.2026 07:21</x:t>
   </x:si>
   <x:si>
     <x:t>https://norconsultdigital.com/news/</x:t>
   </x:si>
   <x:si>
-    <x:t>05.10.2023 11:17</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>https://norconsultdigital.com/news/norconsult-digital-forges-a-unique-partnership-with-autodesk-to-streamline-and-improve-project-management/</x:t>
   </x:si>
   <x:si>
     <x:t>31.03.2025 19:07</x:t>
   </x:si>
   <x:si>
     <x:t>https://norconsultdigital.com/news/digital-road-management-can-help-clear-the-backlog-in-road-maintenance/</x:t>
   </x:si>
   <x:si>
     <x:t>04.04.2024 07:17</x:t>
   </x:si>
   <x:si>
+    <x:t>https://norconsultdigital.com/news/developing-a-solution-for-a-complex-societal-problem-and-rolling-it-out-internationally/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.01.2024 09:22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://norconsultdigital.com/news/winners-of-the-norwegian-mapping-authority-s-mapai-competition/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.01.2024 09:39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://norconsultdigital.com/news/showing-the-way-with-paperless-project-execution-for-the-new-e39-at-lyngdal/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.01.2024 09:17</x:t>
+  </x:si>
+  <x:si>
     <x:t>https://norconsultdigital.com/news/improved-estimates-for-deliverables-to-the-process-industry/</x:t>
   </x:si>
   <x:si>
     <x:t>05.02.2024 08:23</x:t>
   </x:si>
   <x:si>
-    <x:t>https://norconsultdigital.com/news/winners-of-the-norwegian-mapping-authority-s-mapai-competition/</x:t>
-[...115 lines deleted...]
-  <x:si>
     <x:t>https://norconsultdigital.com/contact-us/</x:t>
   </x:si>
   <x:si>
     <x:t>22.01.2024 09:42</x:t>
   </x:si>
   <x:si>
     <x:t>https://norconsultdigital.com/privacy-declaration/</x:t>
   </x:si>
   <x:si>
     <x:t>08.01.2024 09:21</x:t>
   </x:si>
   <x:si>
     <x:t>https://norconsultdigital.com/search/</x:t>
   </x:si>
   <x:si>
     <x:t>05.10.2023 11:15</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>https://norconsultdigital.com/sitemap/</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -592,51 +583,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:F4"/>
+  <x:dimension ref="A1:F6"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:6">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
@@ -675,788 +666,788 @@
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:6">
       <x:c r="A4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:6">
+      <x:c r="A5" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="E5" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F5" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:6">
+      <x:c r="A6" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="E6" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F6" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:F4"/>
+  <x:dimension ref="A1:F9"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:6">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:6">
       <x:c r="A2" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:6">
       <x:c r="A3" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:6">
       <x:c r="A4" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:6">
+      <x:c r="A5" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="E5" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F5" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:6">
+      <x:c r="A6" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="E6" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F6" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:6">
+      <x:c r="A7" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="C7" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D7" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="E7" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F7" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:6">
+      <x:c r="A8" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B8" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="C8" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D8" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="E8" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F8" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:6">
+      <x:c r="A9" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C9" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D9" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="E9" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F9" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:F8"/>
+  <x:dimension ref="A1:F4"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:6">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:6">
       <x:c r="A2" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:6">
       <x:c r="A3" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:6">
       <x:c r="A4" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
-        <x:v>8</x:v>
-[...78 lines deleted...]
-      <x:c r="F8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:F4"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:6">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:6">
       <x:c r="A2" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:6">
       <x:c r="A3" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:6">
       <x:c r="A4" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:F9"/>
+  <x:dimension ref="A1:F4"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:6">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:6">
       <x:c r="A2" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:6">
       <x:c r="A3" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:6">
       <x:c r="A4" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
-        <x:v>8</x:v>
-[...98 lines deleted...]
-      <x:c r="F9" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:F6"/>
+  <x:dimension ref="A1:F8"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:6">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:6">
       <x:c r="A2" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:6">
       <x:c r="A3" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:6">
       <x:c r="A4" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:6">
       <x:c r="A5" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:6">
       <x:c r="A6" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="E6" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F6" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:6">
+      <x:c r="A7" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C7" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D7" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="E7" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F7" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:6">
+      <x:c r="A8" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="B6" s="0" t="s">
+      <x:c r="B8" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="C6" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="F6" s="0" t="s">
+      <x:c r="C8" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D8" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="E8" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:F6"/>
+  <x:dimension ref="A1:F4"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:6">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
@@ -1495,125 +1486,85 @@
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:6">
       <x:c r="A4" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
-        <x:v>8</x:v>
-[...38 lines deleted...]
-      <x:c r="F6" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="21">
+      <vt:lpstr>Solutions</vt:lpstr>
+      <vt:lpstr>Services</vt:lpstr>
+      <vt:lpstr>Career</vt:lpstr>
       <vt:lpstr>About-us</vt:lpstr>
-      <vt:lpstr>Career</vt:lpstr>
+      <vt:lpstr>Projects</vt:lpstr>
       <vt:lpstr>News</vt:lpstr>
-      <vt:lpstr>Projects</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Solutions</vt:lpstr>
       <vt:lpstr>Annet</vt:lpstr>
+      <vt:lpstr>Solutions!Print_Area</vt:lpstr>
+      <vt:lpstr>Solutions!Print_Titles</vt:lpstr>
+      <vt:lpstr>Services!Print_Area</vt:lpstr>
+      <vt:lpstr>Services!Print_Titles</vt:lpstr>
+      <vt:lpstr>Career!Print_Area</vt:lpstr>
+      <vt:lpstr>Career!Print_Titles</vt:lpstr>
       <vt:lpstr>About-us!Print_Area</vt:lpstr>
       <vt:lpstr>About-us!Print_Titles</vt:lpstr>
-      <vt:lpstr>Career!Print_Area</vt:lpstr>
-      <vt:lpstr>Career!Print_Titles</vt:lpstr>
+      <vt:lpstr>Projects!Print_Area</vt:lpstr>
+      <vt:lpstr>Projects!Print_Titles</vt:lpstr>
       <vt:lpstr>News!Print_Area</vt:lpstr>
       <vt:lpstr>News!Print_Titles</vt:lpstr>
-      <vt:lpstr>Projects!Print_Area</vt:lpstr>
-[...4 lines deleted...]
-      <vt:lpstr>Solutions!Print_Titles</vt:lpstr>
       <vt:lpstr>Annet!Print_Area</vt:lpstr>
       <vt:lpstr>Annet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>14</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>